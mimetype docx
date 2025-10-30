--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="71D3F1E6" w14:textId="77777777" w:rsidR="00F670B5" w:rsidRDefault="00F670B5" w:rsidP="00F670B5">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="009B3C79" w14:textId="77777777" w:rsidR="00F670B5" w:rsidRPr="00F670B5" w:rsidRDefault="00F670B5" w:rsidP="00F670B5"/>
     <w:p w14:paraId="08554C3B" w14:textId="77777777" w:rsidR="00F01973" w:rsidRPr="00F01973" w:rsidRDefault="00F01973" w:rsidP="00F01973">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveNueThin" w:hAnsi="HelveNueThin"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="26"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F01973">
         <w:rPr>
           <w:rFonts w:ascii="HelveNueThin" w:hAnsi="HelveNueThin"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
@@ -843,68 +843,66 @@
             </w:r>
             <w:r w:rsidR="005840F3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Escala de </w:t>
             </w:r>
             <w:r w:rsidR="00474E86">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0095789C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> a </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00474E86">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>)*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2212A" w14:paraId="3F27B8CE" w14:textId="77777777" w:rsidTr="00844748">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2796" w:type="pct"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DFA0CBF" w14:textId="55520598" w:rsidR="00D2212A" w:rsidRPr="00844748" w:rsidRDefault="00D2212A" w:rsidP="00D47225">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4998"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1978,321 +1976,376 @@
       </w:pPr>
       <w:r w:rsidRPr="005C5F42">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marque con una X bajo la etiqueta que corresponda</w:t>
       </w:r>
       <w:r w:rsidR="005F4915">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Esta información servirá de orientación a la Comisión Académica para fijar un plazo al doctorando</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3307"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3308"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C5F42" w:rsidRPr="003002EA" w14:paraId="6E4F4181" w14:textId="77777777" w:rsidTr="000B1F93">
-[...4 lines deleted...]
-          <w:p w14:paraId="6E70F2FC" w14:textId="0551977E" w:rsidR="003017C4" w:rsidRPr="00CB1EFE" w:rsidRDefault="003017C4" w:rsidP="0015059F">
+      <w:tr w:rsidR="00436241" w:rsidRPr="003002EA" w14:paraId="6E4F4181" w14:textId="77777777" w:rsidTr="00D36388">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E70F2FC" w14:textId="2BE706A6" w:rsidR="00436241" w:rsidRPr="00D36388" w:rsidRDefault="00436241" w:rsidP="0015059F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4998"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB1EFE">
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Tesis </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0099627C">
+              <w:t xml:space="preserve">La Tesis precisa de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB1EFE">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>grandes cambios</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EA06AE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00081606" w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CB1EFE">
+              </w:rPr>
+              <w:t xml:space="preserve">que </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> lo cual requerirá de un plazo extenso (más de tres meses)</w:t>
-[...12 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>requerirá</w:t>
+            </w:r>
+            <w:r w:rsidR="00081606" w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00CB1EFE">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Tesis </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0099627C">
+              <w:t xml:space="preserve"> un plazo extenso (más de tres meses)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E4F9FC" w14:textId="2C4C1CFE" w:rsidR="00436241" w:rsidRPr="00D36388" w:rsidRDefault="00436241" w:rsidP="0015059F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4998"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>precisa</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB1EFE">
+            </w:pPr>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF172E">
+              <w:t xml:space="preserve">La Tesis precisa de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EA06AE">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>algunos cambios</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CB1EFE">
+              </w:rPr>
+              <w:t xml:space="preserve"> que pueden subsanarse en un plazo razonable (menos de tres meses)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D16CF4D" w14:textId="47FE2D9A" w:rsidR="00436241" w:rsidRPr="00D36388" w:rsidRDefault="00436241" w:rsidP="0015059F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4998"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> que pueden subsanarse en un plazo razonable (menos de tres meses)</w:t>
-[...12 lines deleted...]
-              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00CB1EFE">
+              <w:t xml:space="preserve">La Tesis precisa de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0099627C">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>pocos cambios</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>precisa</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB1EFE">
+              <w:t xml:space="preserve"> que son fácilmente realizables (menos de un mes)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8B7D35" w14:textId="2C1F7B40" w:rsidR="00436241" w:rsidRPr="00D36388" w:rsidRDefault="00A169FD" w:rsidP="0015059F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4998"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EA06AE">
+            </w:pPr>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CB1EFE">
+              </w:rPr>
+              <w:t xml:space="preserve">La Tesis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> que son fácilmente realizables (menos de un mes)</w:t>
-[...14 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">no </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>precisa de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36388">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="2925FFF4" w14:textId="77777777" w:rsidR="003017C4" w:rsidRDefault="003017C4" w:rsidP="0015059F">
+              <w:t xml:space="preserve"> cambios</w:t>
+            </w:r>
+            <w:r w:rsidR="00081606" w:rsidRPr="00D36388">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y se puede presentar como está</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00436241" w:rsidRPr="003002EA" w14:paraId="31D901A4" w14:textId="77777777" w:rsidTr="00D36388">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5613BEFA" w14:textId="77777777" w:rsidR="00436241" w:rsidRDefault="00436241" w:rsidP="0015059F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4998"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A732C11" w14:textId="77777777" w:rsidR="00436241" w:rsidRPr="003017C4" w:rsidRDefault="00436241" w:rsidP="0015059F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4998"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6E6503" w14:textId="77777777" w:rsidR="00436241" w:rsidRDefault="00436241" w:rsidP="0015059F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4998"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EA7EA8" w14:textId="77777777" w:rsidR="00436241" w:rsidRDefault="00436241" w:rsidP="0015059F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4998"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2925FFF4" w14:textId="35AAEA47" w:rsidR="00436241" w:rsidRDefault="00436241" w:rsidP="0015059F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4998"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27189203" w14:textId="77777777" w:rsidR="00B92874" w:rsidRDefault="00B92874" w:rsidP="002C51C7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4998"/>
         </w:tabs>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -3258,104 +3311,103 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B665BE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> firma digital</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B665BE" w:rsidRPr="000F6854">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E6335F3" w14:textId="77777777" w:rsidR="00830262" w:rsidRDefault="00830262" w:rsidP="00F670B5">
+    <w:p w14:paraId="66E14650" w14:textId="77777777" w:rsidR="009D4D7A" w:rsidRDefault="009D4D7A" w:rsidP="00F670B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CB953BF" w14:textId="77777777" w:rsidR="00830262" w:rsidRDefault="00830262" w:rsidP="00F670B5">
+    <w:p w14:paraId="758F97B0" w14:textId="77777777" w:rsidR="009D4D7A" w:rsidRDefault="009D4D7A" w:rsidP="00F670B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveNueThin">
     <w:altName w:val="Cambria Math"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="044638ED" w14:textId="7A058DE5" w:rsidR="00F52777" w:rsidRDefault="00F52777" w:rsidP="00844748">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r w:rsidRPr="00D910F9">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="0054A0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3467D9B1" wp14:editId="509AC123">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>2167890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>5622290</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5399405" cy="5100955"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
@@ -3401,126 +3453,114 @@
                     <a:ext cx="5399405" cy="5100955"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00844748">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">A la atención de la Comisión Académica del Programa de Doctorado y la Escuela Internacional de Doctorado de la Universidad Politécnica de </w:t>
-[...9 lines deleted...]
-      <w:t>Cartagena</w:t>
+      <w:t>A la atención de la Comisión Académica del Programa de Doctorado y la Escuela Internacional de Doctorado de la Universidad Politécnica de Cartagena</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1960845640"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="75CC99FE" w14:textId="579A4B3C" w:rsidR="008A49CA" w:rsidRPr="00F52777" w:rsidRDefault="008A49CA" w:rsidP="00F52777">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="102F3683" w14:textId="77777777" w:rsidR="00830262" w:rsidRDefault="00830262" w:rsidP="00F670B5">
+    <w:p w14:paraId="768CEAE1" w14:textId="77777777" w:rsidR="009D4D7A" w:rsidRDefault="009D4D7A" w:rsidP="00F670B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D9DAD5E" w14:textId="77777777" w:rsidR="00830262" w:rsidRDefault="00830262" w:rsidP="00F670B5">
+    <w:p w14:paraId="1F00D58F" w14:textId="77777777" w:rsidR="009D4D7A" w:rsidRDefault="009D4D7A" w:rsidP="00F670B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59B09A7D" w14:textId="2BEF136F" w:rsidR="00F670B5" w:rsidRDefault="00F670B5" w:rsidP="00F670B5">
     <w:pPr>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="0054A0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="0054A0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EBF14A8" wp14:editId="5441F020">
@@ -3587,203 +3627,209 @@
     <w:pPr>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:ind w:right="-710"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="0054A0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="0054A0"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>Escuela Internacional de Doctorado</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="398468C9" w14:textId="6885E878" w:rsidR="00F670B5" w:rsidRDefault="0058083B" w:rsidP="00F670B5">
+  <w:p w14:paraId="398468C9" w14:textId="6885E878" w:rsidR="00F670B5" w:rsidRDefault="00681607" w:rsidP="00F670B5">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:ind w:right="-710"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidR="00681607">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t>https://doctorado.upct.es/</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F670B5"/>
     <w:rsid w:val="00021DB2"/>
+    <w:rsid w:val="00081606"/>
     <w:rsid w:val="000F4ED0"/>
     <w:rsid w:val="000F6854"/>
     <w:rsid w:val="00103905"/>
     <w:rsid w:val="001044E4"/>
     <w:rsid w:val="00111A01"/>
     <w:rsid w:val="001B73AC"/>
     <w:rsid w:val="001E7C87"/>
     <w:rsid w:val="00253DAD"/>
     <w:rsid w:val="002A021B"/>
     <w:rsid w:val="002C4810"/>
     <w:rsid w:val="002C51C7"/>
     <w:rsid w:val="002E6B9E"/>
     <w:rsid w:val="003002EA"/>
     <w:rsid w:val="003017C4"/>
     <w:rsid w:val="003068E0"/>
     <w:rsid w:val="003D0895"/>
     <w:rsid w:val="00421F34"/>
+    <w:rsid w:val="00436241"/>
     <w:rsid w:val="00470D2E"/>
     <w:rsid w:val="00474E86"/>
     <w:rsid w:val="004F5FBD"/>
     <w:rsid w:val="0058083B"/>
     <w:rsid w:val="005840F3"/>
     <w:rsid w:val="005C5F42"/>
     <w:rsid w:val="005F4915"/>
     <w:rsid w:val="00680A0F"/>
     <w:rsid w:val="00681607"/>
     <w:rsid w:val="00704E12"/>
     <w:rsid w:val="0071754A"/>
     <w:rsid w:val="00787859"/>
     <w:rsid w:val="007B3592"/>
     <w:rsid w:val="007E61A6"/>
     <w:rsid w:val="00817267"/>
     <w:rsid w:val="00830262"/>
     <w:rsid w:val="008341F1"/>
     <w:rsid w:val="00844748"/>
     <w:rsid w:val="008932A0"/>
     <w:rsid w:val="008A49CA"/>
+    <w:rsid w:val="009025FB"/>
     <w:rsid w:val="009147AF"/>
     <w:rsid w:val="009245D1"/>
     <w:rsid w:val="00947DDE"/>
     <w:rsid w:val="0095789C"/>
     <w:rsid w:val="00982840"/>
     <w:rsid w:val="0099627C"/>
     <w:rsid w:val="009C6F8E"/>
     <w:rsid w:val="009D063A"/>
+    <w:rsid w:val="009D4D7A"/>
     <w:rsid w:val="009E103F"/>
+    <w:rsid w:val="00A169FD"/>
     <w:rsid w:val="00A52CA4"/>
     <w:rsid w:val="00AC315A"/>
     <w:rsid w:val="00AC7994"/>
     <w:rsid w:val="00B24E3F"/>
     <w:rsid w:val="00B609A5"/>
     <w:rsid w:val="00B665BE"/>
     <w:rsid w:val="00B92874"/>
     <w:rsid w:val="00BB51DC"/>
     <w:rsid w:val="00BC1692"/>
     <w:rsid w:val="00BC3B93"/>
     <w:rsid w:val="00C51888"/>
     <w:rsid w:val="00CB1EFE"/>
     <w:rsid w:val="00CF08E4"/>
     <w:rsid w:val="00D2212A"/>
     <w:rsid w:val="00D22AB8"/>
+    <w:rsid w:val="00D36388"/>
     <w:rsid w:val="00D91BAE"/>
     <w:rsid w:val="00DF172E"/>
     <w:rsid w:val="00E321B8"/>
     <w:rsid w:val="00E8594C"/>
     <w:rsid w:val="00EA06AE"/>
     <w:rsid w:val="00EA7FEE"/>
     <w:rsid w:val="00F01973"/>
     <w:rsid w:val="00F52777"/>
     <w:rsid w:val="00F66E15"/>
     <w:rsid w:val="00F670B5"/>
     <w:rsid w:val="00F70B31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4040341A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{87E4224E-9AB3-8F4B-AAF9-6303A5AF3168}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4329,51 +4375,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC3B93"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC3B93"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doctorado.upct.es/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4644,72 +4690,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>326</Words>
-  <Characters>1794</Characters>
+  <Words>334</Words>
+  <Characters>1843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2116</CharactersWithSpaces>
+  <CharactersWithSpaces>2173</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>SÁNCHEZ PALMA, PEDRO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>