--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="13D44588" w14:textId="2332F627" w:rsidR="00A83A32" w:rsidRPr="00B25F56" w:rsidRDefault="00A7401B" w:rsidP="00F57920">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="29"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487400448" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52FA746D" wp14:editId="6D5165B7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>2167889</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>5622289</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5391150" cy="5070094"/>
@@ -1469,62 +1469,60 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25F56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25F56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:w w:val="90"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B25F56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5)*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A83A32" w:rsidRPr="00B25F56" w14:paraId="36B8374F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5"/>
           </w:tcPr>
           <w:p w14:paraId="2BC74F82" w14:textId="77777777" w:rsidR="00A83A32" w:rsidRPr="00B25F56" w:rsidRDefault="00A7401B" w:rsidP="00A42E04">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="43"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="90"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -2606,67 +2604,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">School of </w:t>
       </w:r>
       <w:r w:rsidR="000254A7" w:rsidRPr="00B25F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Universidad </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">Universidad Politécnica de </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cartagena</w:t>
       </w:r>
       <w:r w:rsidR="00151920" w:rsidRPr="00B25F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
@@ -3527,517 +3509,383 @@
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="BFBFBF"/>
           <w:spacing w:val="-13"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="BFBFBF"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>student.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9805" w:type="dxa"/>
         <w:tblInd w:w="113" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3307"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3312"/>
+        <w:gridCol w:w="2859"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A83A32" w:rsidRPr="00B0539E" w14:paraId="617C2C81" w14:textId="77777777">
+      <w:tr w:rsidR="00FF767E" w:rsidRPr="00B0539E" w14:paraId="617C2C81" w14:textId="47A62979" w:rsidTr="00E1595A">
         <w:trPr>
-          <w:trHeight w:val="1074"/>
+          <w:trHeight w:val="946"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3307" w:type="dxa"/>
+            <w:tcW w:w="2859" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9FF177" w14:textId="0174B6E4" w:rsidR="00A83A32" w:rsidRPr="00B0539E" w:rsidRDefault="00A7401B" w:rsidP="00B0539E">
+          <w:p w14:paraId="1A9FF177" w14:textId="0174B6E4" w:rsidR="00FF767E" w:rsidRPr="00E1595A" w:rsidRDefault="00FF767E" w:rsidP="00B0539E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="93"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E7877">
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B0539E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Thesis needs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007E7877">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>major changes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B0539E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, which will require an extended period of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007E7877">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>more than 3 months</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...93 lines deleted...]
-                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3307" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="499FEA89" w14:textId="01A3D663" w:rsidR="00A83A32" w:rsidRPr="00B0539E" w:rsidRDefault="00A7401B" w:rsidP="00B0539E">
+          <w:p w14:paraId="499FEA89" w14:textId="01A3D663" w:rsidR="00FF767E" w:rsidRPr="00E1595A" w:rsidRDefault="00FF767E" w:rsidP="00B0539E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="93"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0539E">
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The Thesis requires </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64904">
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>some changes</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B0539E">
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> that can be remedied within a period of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64904">
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>less</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B0539E" w:rsidRPr="00C64904">
+              <w:t>less than 3 months</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:u w:val="single"/>
-[...48 lines deleted...]
-                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F57452" w14:textId="12C204F3" w:rsidR="00A83A32" w:rsidRPr="00B0539E" w:rsidRDefault="00A7401B" w:rsidP="00B0539E">
+          <w:p w14:paraId="48E43612" w14:textId="623DE294" w:rsidR="00FF767E" w:rsidRPr="00E1595A" w:rsidRDefault="00FF767E" w:rsidP="00B0539E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="93"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E7877">
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00C64904">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>The Thesis requires minor changes that are easily achievable in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B0539E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> less than 1 month</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007E7877">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F57452" w14:textId="32360CBA" w:rsidR="00FF767E" w:rsidRPr="00E1595A" w:rsidRDefault="00FF767E" w:rsidP="00B0539E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="93"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B0539E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1595A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="en-GB"/>
-[...59 lines deleted...]
-              <w:t>.</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>No changes are needed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A83A32" w:rsidRPr="00ED5DDF" w14:paraId="34CEE46F" w14:textId="77777777">
+      <w:tr w:rsidR="00FF767E" w:rsidRPr="00ED5DDF" w14:paraId="34CEE46F" w14:textId="6E9A963E" w:rsidTr="00E1595A">
         <w:trPr>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3307" w:type="dxa"/>
+            <w:tcW w:w="2859" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73C42BF9" w14:textId="77A840A9" w:rsidR="00A83A32" w:rsidRPr="00ED5DDF" w:rsidRDefault="00A83A32" w:rsidP="00ED5DDF">
+          <w:p w14:paraId="73C42BF9" w14:textId="77A840A9" w:rsidR="00FF767E" w:rsidRPr="00ED5DDF" w:rsidRDefault="00FF767E" w:rsidP="00ED5DDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3307" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47D7EADD" w14:textId="77777777" w:rsidR="00A83A32" w:rsidRPr="00ED5DDF" w:rsidRDefault="00A83A32" w:rsidP="00ED5DDF">
+          <w:p w14:paraId="47D7EADD" w14:textId="77777777" w:rsidR="00FF767E" w:rsidRPr="00ED5DDF" w:rsidRDefault="00FF767E" w:rsidP="00ED5DDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="415A006B" w14:textId="77777777" w:rsidR="00A83A32" w:rsidRPr="00ED5DDF" w:rsidRDefault="00A83A32" w:rsidP="00ED5DDF">
+          <w:p w14:paraId="56F89ED5" w14:textId="77777777" w:rsidR="00FF767E" w:rsidRPr="00ED5DDF" w:rsidRDefault="00FF767E" w:rsidP="00ED5DDF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="415A006B" w14:textId="7B0DAED2" w:rsidR="00FF767E" w:rsidRPr="00ED5DDF" w:rsidRDefault="00FF767E" w:rsidP="00ED5DDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="001E4ED2" w14:textId="77777777" w:rsidR="00A83A32" w:rsidRPr="007E7877" w:rsidRDefault="00A83A32">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -4963,67 +4811,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctoral </w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">School of </w:t>
       </w:r>
       <w:r w:rsidR="000254A7" w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Universidad </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> Universidad Politécnica de </w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cartagena</w:t>
       </w:r>
       <w:r w:rsidR="00151920" w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
@@ -6635,182 +6467,168 @@
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>School of</w:t>
       </w:r>
       <w:r w:rsidR="000254A7" w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Unive</w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">rsidad </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">rsidad Politécnica de </w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cartagena</w:t>
       </w:r>
       <w:r w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB070A" w:rsidRPr="007E7877">
         <w:rPr>
           <w:rFonts w:ascii="Geneva" w:hAnsi="Geneva"/>
           <w:i w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A83A32" w:rsidRPr="007E7877">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1720" w:right="880" w:bottom="0" w:left="880" w:header="751" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00E2DD6E" w14:textId="77777777" w:rsidR="00606854" w:rsidRDefault="00606854">
+    <w:p w14:paraId="7A2339A9" w14:textId="77777777" w:rsidR="001411D2" w:rsidRDefault="001411D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B8FD725" w14:textId="77777777" w:rsidR="00606854" w:rsidRDefault="00606854">
+    <w:p w14:paraId="15BFCBAD" w14:textId="77777777" w:rsidR="001411D2" w:rsidRDefault="001411D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Geneva">
     <w:altName w:val="Segoe UI Symbol"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5200205F" w:usb2="00A0C000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38FD0030" w14:textId="77777777" w:rsidR="00606854" w:rsidRDefault="00606854">
+    <w:p w14:paraId="4D251C61" w14:textId="77777777" w:rsidR="001411D2" w:rsidRDefault="001411D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70115235" w14:textId="77777777" w:rsidR="00606854" w:rsidRDefault="00606854">
+    <w:p w14:paraId="626F4DD2" w14:textId="77777777" w:rsidR="001411D2" w:rsidRDefault="001411D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5AE3C514" w14:textId="2F295406" w:rsidR="00A83A32" w:rsidRDefault="00A7401B">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487400448" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="620ECB39" wp14:editId="206B9A45">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>541020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5410200" cy="471170"/>
           <wp:effectExtent l="0" t="0" r="0" b="5080"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Image 1"/>
@@ -6834,165 +6652,171 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5410200" cy="471170"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2N7QwNDUxNbMEskzNTJR0lIJTi4sz8/NACgxrAXe8uacsAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A83A32"/>
     <w:rsid w:val="000254A7"/>
+    <w:rsid w:val="000426DF"/>
     <w:rsid w:val="000906AF"/>
     <w:rsid w:val="000A10BA"/>
     <w:rsid w:val="00125238"/>
+    <w:rsid w:val="001411D2"/>
     <w:rsid w:val="00151920"/>
     <w:rsid w:val="00195AF4"/>
     <w:rsid w:val="001A6E59"/>
     <w:rsid w:val="00233A50"/>
     <w:rsid w:val="002346C6"/>
     <w:rsid w:val="00292FF9"/>
     <w:rsid w:val="003200AC"/>
     <w:rsid w:val="003B2CCD"/>
     <w:rsid w:val="00466FE7"/>
     <w:rsid w:val="00471C24"/>
     <w:rsid w:val="004A45B6"/>
     <w:rsid w:val="004D5BF7"/>
     <w:rsid w:val="00560757"/>
     <w:rsid w:val="00597CAA"/>
     <w:rsid w:val="005B2462"/>
     <w:rsid w:val="00606854"/>
     <w:rsid w:val="00626929"/>
     <w:rsid w:val="006A7971"/>
     <w:rsid w:val="007E7877"/>
     <w:rsid w:val="00800381"/>
+    <w:rsid w:val="009025FB"/>
     <w:rsid w:val="009B1AC8"/>
     <w:rsid w:val="00A206DA"/>
     <w:rsid w:val="00A42E04"/>
     <w:rsid w:val="00A7401B"/>
     <w:rsid w:val="00A83A32"/>
     <w:rsid w:val="00A94D0C"/>
+    <w:rsid w:val="00AF33E9"/>
     <w:rsid w:val="00B01BCB"/>
     <w:rsid w:val="00B0539E"/>
     <w:rsid w:val="00B25F56"/>
     <w:rsid w:val="00BF483B"/>
     <w:rsid w:val="00C21CA4"/>
     <w:rsid w:val="00C25A26"/>
     <w:rsid w:val="00C56F0D"/>
     <w:rsid w:val="00C64904"/>
     <w:rsid w:val="00D05E0D"/>
     <w:rsid w:val="00D21477"/>
     <w:rsid w:val="00D36BBE"/>
     <w:rsid w:val="00DE1DAB"/>
+    <w:rsid w:val="00E1595A"/>
     <w:rsid w:val="00E4203F"/>
     <w:rsid w:val="00E91415"/>
     <w:rsid w:val="00EB070A"/>
     <w:rsid w:val="00ED5DDF"/>
     <w:rsid w:val="00F57920"/>
     <w:rsid w:val="00F97457"/>
     <w:rsid w:val="00FC62A9"/>
+    <w:rsid w:val="00FF767E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="62D86689"/>
   <w15:docId w15:val="{564F3173-1B73-D749-9A4F-63CB054902D4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7584,51 +7408,51 @@
     <w:rsid w:val="000254A7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000254A7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -7883,75 +7707,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>365</Words>
-  <Characters>2067</Characters>
+  <Words>377</Words>
+  <Characters>2078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2428</CharactersWithSpaces>
+  <CharactersWithSpaces>2451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>34783268-T</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-03-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2024-03-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">