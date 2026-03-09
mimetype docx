--- v0 (2025-10-07)
+++ v1 (2026-03-09)
@@ -1,933 +1,1653 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1DC3DEFB" w14:textId="77777777" w:rsidR="00656545" w:rsidRDefault="00656545" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AA3C9C3" w14:textId="579C2EFF" w:rsidR="00853B3C" w:rsidRDefault="00853B3C" w:rsidP="006854B7">
+    <w:p w14:paraId="7AA3C9C3" w14:textId="576863A0" w:rsidR="00853B3C" w:rsidRDefault="00853B3C" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Este contenido debe figurar en una página individual tras la(s) página(s) del título de la tesis</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">Este contenido debe figurar en una página individual tras la(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00507285">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="54811FF9" w14:textId="2F607D32" w:rsidR="00853B3C" w:rsidRPr="00853B3C" w:rsidRDefault="00853B3C" w:rsidP="006854B7">
+        <w:t>portada</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00507285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="002D5D88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agradecimientos, </w:t>
+      </w:r>
+      <w:r w:rsidR="00507285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">previo al índice </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60F03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>de la Tesis</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0290A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>orrar el texto resaltado en amarillo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0290A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D9E5E7" w14:textId="77777777" w:rsidR="00B0290A" w:rsidRDefault="00B0290A" w:rsidP="00B0290A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3890B0FE" w14:textId="6C0F0258" w:rsidR="00B0290A" w:rsidRDefault="00B0290A" w:rsidP="00B0290A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Mantener la versi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ón en inglés cuando sea mención internacional o esté redactada en inglés </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFC1165" w14:textId="77777777" w:rsidR="00B0290A" w:rsidRDefault="00B0290A" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853B3C">
+    </w:p>
+    <w:p w14:paraId="54811FF9" w14:textId="4055932E" w:rsidR="00853B3C" w:rsidRPr="00853B3C" w:rsidRDefault="00853B3C" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Deben listarse únicamente las publicaciones proporcionadas para obtener la modalidad de compendio, no todas las obtenidas por el doctorando</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00853B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:t>ón en inglés cuando sea mención internacional o esté redactada en inglés la tesis</w:t>
+        <w:t>Deben listarse únicamente las publicaciones proporcionadas para obtener la modalidad de compendio, no todas las obtenidas por el doctorando</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1290F37B" w14:textId="5CAB3D6E" w:rsidR="00853B3C" w:rsidRDefault="00853B3C" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3060870B" w14:textId="3D5D0F31" w:rsidR="00083CC0" w:rsidRDefault="00083CC0" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cuando se incluyan patentes, adaptar el texto convenientemente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361CA1DE" w14:textId="2998968C" w:rsidR="00083CC0" w:rsidRDefault="00083CC0" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DD44CB4" w14:textId="348F790C" w:rsidR="00802535" w:rsidRDefault="00802535" w:rsidP="006854B7">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="59CAF017" w14:textId="1379254C" w:rsidR="006854B7" w:rsidRPr="00A55E5F" w:rsidRDefault="006854B7" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00A55E5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...23 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Versión español:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B041649" w14:textId="48AEE4AD" w:rsidR="001D69B5" w:rsidRDefault="001D69B5" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7887AC4B" w14:textId="530D5C34" w:rsidR="00EE3654" w:rsidRDefault="00EE3654" w:rsidP="006854B7">
+    <w:p w14:paraId="7887AC4B" w14:textId="3B82F37A" w:rsidR="00EE3654" w:rsidRDefault="00EE3654" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Esta Tesis Doctoral se ha presentado en la modalidad “Compendio de Publicaciones”</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3654">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, atendiendo a lo establecido en el artículo 20 del Reglamento de Estudios Oficiales de Doctorado de la Universidad Politécnica de Cartagena de </w:t>
       </w:r>
-      <w:r w:rsidR="0091741C">
-[...4 lines deleted...]
-        <w:t>11</w:t>
+      <w:r w:rsidR="00532442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3654">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de marzo de 202</w:t>
-[...6 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="00532442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">febrero </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3654">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>. Los trabajos han sido publicados con la autorización expresa del director y codirector de la presente tesis. Dichos trabajos fueron preparados y publicados posteriormente al inicio de los estudios de doctorando y sus referencias se listan a continuación:</w:t>
+        <w:t>de 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00532442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Los trabajos han sido publicados con la autorización expresa del director </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="0"/>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>y codirector</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11F92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(es)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r w:rsidR="009B329B" w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la presente </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>esis. Dichos trabajos fueron preparados y publicados posteriormente al inicio de los estudios de doctorado y sus referencias se listan a continuación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793FF7AC" w14:textId="77777777" w:rsidR="006854B7" w:rsidRPr="00886F06" w:rsidRDefault="006854B7" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C60AF46" w14:textId="2B6B68D8" w:rsidR="006854B7" w:rsidRPr="005430FF" w:rsidRDefault="006854B7" w:rsidP="006854B7">
-[...44 lines deleted...]
-        <w:t xml:space="preserve">Artículo 1.-: Autores, Año. Título publicación. </w:t>
+    <w:p w14:paraId="773E13D1" w14:textId="40437B01" w:rsidR="006854B7" w:rsidRPr="00EE3654" w:rsidRDefault="006854B7" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Artículo 1.- Autores</w:t>
+      </w:r>
+      <w:r w:rsidR="006821C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Año. Título publicación. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3654">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Nombre Revista, Volumen. DOI</w:t>
+        <w:t>Nombre Revista</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volumen</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, páginas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. DOI</w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3064F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Handle</w:t>
+      </w:r>
+      <w:r w:rsidR="00392555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> repositorio institucional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71018A2E" w14:textId="77777777" w:rsidR="006854B7" w:rsidRPr="00EE3654" w:rsidRDefault="006854B7" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="361ADF49" w14:textId="4178D449" w:rsidR="006854B7" w:rsidRPr="00EE3654" w:rsidRDefault="006854B7" w:rsidP="006854B7">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Artículo 2.-: Autores, Año. Título publicación. </w:t>
+    <w:p w14:paraId="6BFCCAB9" w14:textId="77D2B3E1" w:rsidR="00493DD6" w:rsidRPr="00EE3654" w:rsidRDefault="006854B7" w:rsidP="00493DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Artículo 2.- Autores</w:t>
+      </w:r>
+      <w:r w:rsidR="006821C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Año. Título publicación. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3654">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Nombre Revista, Volumen. DOI</w:t>
+        <w:t>Nombre Revista</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volumen</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, páginas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6" w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>;  Handle repositorio institucional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A6776D" w14:textId="77777777" w:rsidR="006854B7" w:rsidRPr="00EE3654" w:rsidRDefault="006854B7" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E5FE99F" w14:textId="4553B79E" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7" w:rsidP="006854B7">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Artículo 3.-: Autores, Año. Título publicación. </w:t>
+    <w:p w14:paraId="23264FDC" w14:textId="694BC083" w:rsidR="00493DD6" w:rsidRPr="00EE3654" w:rsidRDefault="006854B7" w:rsidP="00493DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Artículo 3.- Autores</w:t>
+      </w:r>
+      <w:r w:rsidR="006821C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Año. Título publicación. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3654">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Nombre Revista, Volumen. DOI</w:t>
+        <w:t>Nombre Revista</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volumen</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, páginas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6" w:rsidRPr="00EE3654">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>;  Handle repositorio institucional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B0CE99" w14:textId="10D90326" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006854B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24DE82BA" w14:textId="30923741" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7" w:rsidP="006854B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B822E67" w14:textId="44E872FA" w:rsidR="00D065E0" w:rsidRPr="00EE3654" w:rsidRDefault="006854B7">
+    <w:p w14:paraId="2B822E67" w14:textId="44E872FA" w:rsidR="00D065E0" w:rsidRPr="00320346" w:rsidRDefault="006854B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Versión inglés:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248FB591" w14:textId="76DA8E9B" w:rsidR="006854B7" w:rsidRPr="00C15A15" w:rsidRDefault="006854B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE7C25C" w14:textId="4007C91D" w:rsidR="00656545" w:rsidRDefault="006854B7" w:rsidP="003C4E34">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This PhD thesis is presented according to the Compendium of Publications mode, regulated under art. 20 of the Regulation of Official Doctoral Studies of the Technical University of Cartagena of </w:t>
+      </w:r>
+      <w:r w:rsidR="00833B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>February</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00833B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00833B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00656545" w:rsidRPr="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="002712C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>articles</w:t>
+      </w:r>
+      <w:r w:rsidR="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00656545" w:rsidRPr="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have been published with the express </w:t>
+      </w:r>
+      <w:r w:rsidR="006374B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00656545" w:rsidRPr="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supervisor </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="1"/>
+      <w:r w:rsidR="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>and Co-Supervisor</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11F92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00656545" w:rsidRPr="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r w:rsidR="00702695" w:rsidRPr="00656545">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidR="00656545" w:rsidRPr="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PhD </w:t>
+      </w:r>
+      <w:r w:rsidR="00656545" w:rsidRPr="00656545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>thesis</w:t>
+      </w:r>
+      <w:r w:rsidR="002712C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4E34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">carried out further to the enrollment of doctoral studies. The references </w:t>
+      </w:r>
+      <w:r w:rsidR="00737A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of these papers </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4E34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are listed below: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08365856" w14:textId="77777777" w:rsidR="00656545" w:rsidRDefault="00656545" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C6A4359" w14:textId="1A255282" w:rsidR="00493DD6" w:rsidRPr="001B5640" w:rsidRDefault="006854B7" w:rsidP="00493DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Article 1.- Authors</w:t>
+      </w:r>
+      <w:r w:rsidR="006821C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Year. </w:t>
+      </w:r>
+      <w:r w:rsidR="006821C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publication </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Title. Journal name</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volume</w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, pages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6" w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOI; Handle </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40E4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6" w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>institu</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5640" w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tional </w:t>
+      </w:r>
+      <w:r w:rsidR="00493DD6" w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>repositor</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5640" w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D62F0D" w14:textId="03A68959" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9F3B46" w14:textId="24DB14CD" w:rsidR="00D40E4C" w:rsidRPr="001B5640" w:rsidRDefault="00D40E4C" w:rsidP="00D40E4C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.- Authors</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Year. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publication </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Title. Journal name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volume</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, pages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOI; Handle </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>institutional repository</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DAD12E" w14:textId="77777777" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B0BCFF1" w14:textId="03B9D292" w:rsidR="00D40E4C" w:rsidRPr="001B5640" w:rsidRDefault="00D40E4C" w:rsidP="00D40E4C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.- Authors</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Year. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publication </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Title. Journal name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volume</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, pages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOI; Handle </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>institutional repository</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673E61AC" w14:textId="77777777" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006854B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F35E0EB" w14:textId="77777777" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7" w:rsidP="006854B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="399DCC04" w14:textId="77777777" w:rsidR="006854B7" w:rsidRPr="006854B7" w:rsidRDefault="006854B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...368 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006854B7" w:rsidRPr="006854B7">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="RUBIO SOLÉ, MARÍA LUISA" w:date="2026-02-25T08:23:00Z" w:initials="MR">
+    <w:p w14:paraId="383A0150" w14:textId="77777777" w:rsidR="009B329B" w:rsidRDefault="009B329B" w:rsidP="009B329B">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Eliminar, si no procede.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="1" w:author="RUBIO SOLÉ, MARÍA LUISA" w:date="2026-02-25T08:35:00Z" w:initials="MR">
+    <w:p w14:paraId="3169376F" w14:textId="77777777" w:rsidR="00702695" w:rsidRDefault="00702695" w:rsidP="00702695">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Delete if not applicable</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="383A0150" w15:done="0"/>
+  <w15:commentEx w15:paraId="3169376F" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="0B9E3433" w16cex:dateUtc="2026-02-25T07:23:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="1A07F433" w16cex:dateUtc="2026-02-25T07:35:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="383A0150" w16cid:durableId="0B9E3433"/>
+  <w16cid:commentId w16cid:paraId="3169376F" w16cid:durableId="1A07F433"/>
+</w16cid:commentsIds>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="04F3C198" w14:textId="77777777" w:rsidR="0098050F" w:rsidRDefault="0098050F" w:rsidP="00C238FB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="12656095" w14:textId="77777777" w:rsidR="0098050F" w:rsidRDefault="0098050F" w:rsidP="00C238FB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="467EF9D5" w14:textId="77777777" w:rsidR="0098050F" w:rsidRDefault="0098050F" w:rsidP="00C238FB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="00EEC78F" w14:textId="77777777" w:rsidR="0098050F" w:rsidRDefault="0098050F" w:rsidP="00C238FB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D4D5407" w14:textId="28AB68AD" w:rsidR="00C238FB" w:rsidRDefault="00C238FB">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r w:rsidRPr="007D46C3">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-ES_tradnl"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52DB8C83" wp14:editId="2A4E320D">
+          <wp:extent cx="5395432" cy="568036"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:docPr id="9" name="Imagen 9" descr="Escala de tiempo&#10;&#10;Descripción generada automáticamente"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Imagen 8" descr="Escala de tiempo&#10;&#10;Descripción generada automáticamente"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect t="30326" b="35267"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5400040" cy="568521"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="RUBIO SOLÉ, MARÍA LUISA">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::marisa.rubio@upct.es::04b088c0-ea02-4875-b128-e5df3ec3a8da"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006854B7"/>
     <w:rsid w:val="00083CC0"/>
+    <w:rsid w:val="00134FA3"/>
+    <w:rsid w:val="0015771D"/>
+    <w:rsid w:val="001B5640"/>
     <w:rsid w:val="001D69B5"/>
     <w:rsid w:val="00231650"/>
     <w:rsid w:val="002712C9"/>
+    <w:rsid w:val="002D5D88"/>
+    <w:rsid w:val="002F16DF"/>
+    <w:rsid w:val="00320346"/>
+    <w:rsid w:val="00392555"/>
     <w:rsid w:val="003C4E34"/>
+    <w:rsid w:val="003E3779"/>
     <w:rsid w:val="004376A8"/>
+    <w:rsid w:val="00461893"/>
+    <w:rsid w:val="00493DD6"/>
+    <w:rsid w:val="00507285"/>
+    <w:rsid w:val="00532442"/>
+    <w:rsid w:val="00537D58"/>
     <w:rsid w:val="005430FF"/>
     <w:rsid w:val="0057052F"/>
+    <w:rsid w:val="005859AB"/>
     <w:rsid w:val="006374B0"/>
     <w:rsid w:val="00656545"/>
+    <w:rsid w:val="006821C6"/>
     <w:rsid w:val="006854B7"/>
+    <w:rsid w:val="00702695"/>
     <w:rsid w:val="00737A48"/>
     <w:rsid w:val="007A0FEE"/>
+    <w:rsid w:val="007E0BEC"/>
     <w:rsid w:val="00802535"/>
+    <w:rsid w:val="00833B65"/>
+    <w:rsid w:val="008359E5"/>
     <w:rsid w:val="00853B3C"/>
     <w:rsid w:val="00886F06"/>
-    <w:rsid w:val="0091741C"/>
+    <w:rsid w:val="008B152A"/>
+    <w:rsid w:val="0098050F"/>
+    <w:rsid w:val="009B329B"/>
+    <w:rsid w:val="00A55E5F"/>
     <w:rsid w:val="00AC1C7D"/>
+    <w:rsid w:val="00B0290A"/>
+    <w:rsid w:val="00B3064F"/>
+    <w:rsid w:val="00C15A15"/>
+    <w:rsid w:val="00C238FB"/>
     <w:rsid w:val="00C46AF0"/>
+    <w:rsid w:val="00C96906"/>
     <w:rsid w:val="00D065E0"/>
+    <w:rsid w:val="00D40E4C"/>
+    <w:rsid w:val="00D75C96"/>
+    <w:rsid w:val="00E11F92"/>
     <w:rsid w:val="00EE3654"/>
+    <w:rsid w:val="00F26410"/>
+    <w:rsid w:val="00F55AB3"/>
+    <w:rsid w:val="00F60F03"/>
+    <w:rsid w:val="00FE2533"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3DDB1E99"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{547B2EEA-4C82-BB44-8ACF-A4A91C0E13AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1327,77 +2047,186 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006854B7"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006854B7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C238FB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C238FB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedepginaCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C238FB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Piedepgina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C238FB"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentario">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B329B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textocomentario">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextocomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B329B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+    <w:name w:val="Texto comentario Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textocomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009B329B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textocomentario"/>
+    <w:next w:val="Textocomentario"/>
+    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B329B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+    <w:name w:val="Asunto del comentario Car"/>
+    <w:basedOn w:val="TextocomentarioCar"/>
+    <w:link w:val="Asuntodelcomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009B329B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="344794114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1655,70 +2484,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1555</Characters>
+  <Pages>1</Pages>
+  <Words>308</Words>
+  <Characters>1860</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1834</CharactersWithSpaces>
+  <CharactersWithSpaces>2150</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>SÁNCHEZ PALMA, PEDRO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>