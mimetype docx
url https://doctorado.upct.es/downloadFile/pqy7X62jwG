--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -24,64 +24,92 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0FCF1AA7" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00DA212E" w:rsidRDefault="00F3731F">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:line="273" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="1462"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>DT-13</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051305BB" w14:textId="0AF0F9EF" w:rsidR="00301AF4" w:rsidRPr="00C66BCB" w:rsidRDefault="00F3731F" w:rsidP="00C66BCB">
+    <w:p w14:paraId="051305BB" w14:textId="3A5198CE" w:rsidR="00301AF4" w:rsidRPr="00C66BCB" w:rsidRDefault="00F3731F" w:rsidP="00C66BCB">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:u w:val="thick"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>NOMBRAMIENTO DE DIRECTORES DE TESIS DOCTORAL</w:t>
+        <w:t>NOMBRAMIENTO DE DIRECTOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7BE1">
+        <w:rPr>
+          <w:u w:val="thick"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA212E">
+        <w:rPr>
+          <w:u w:val="thick"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7BE1">
+        <w:rPr>
+          <w:u w:val="thick"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA212E">
+        <w:rPr>
+          <w:u w:val="thick"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DE TESIS DOCTORAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51181E4D" w14:textId="3BF9113B" w:rsidR="00CD1BD5" w:rsidRDefault="00CD1BD5" w:rsidP="000F0608">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8210"/>
           <w:tab w:val="left" w:pos="8693"/>
         </w:tabs>
         <w:spacing w:before="186"/>
         <w:ind w:left="142" w:right="1405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>La Comisión Académica del Programa de Doctorado</w:t>
       </w:r>
@@ -572,121 +600,121 @@
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CD1BD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CD1BD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7066DF2F" w14:textId="20081103" w:rsidR="00CD1BD5" w:rsidRDefault="00FB4952" w:rsidP="001C4044">
+    <w:p w14:paraId="7066DF2F" w14:textId="20081103" w:rsidR="00CD1BD5" w:rsidRPr="009C06BA" w:rsidRDefault="00FB4952" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
-          <w:lang w:val="es-ES"/>
-[...7 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C06BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>DNI/PASAPORTE/NIE</w:t>
       </w:r>
-      <w:r w:rsidR="00CD1BD5">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r w:rsidR="00CD1BD5" w:rsidRPr="009C06BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0902BBDB" w14:textId="77777777" w:rsidR="004E7A64" w:rsidRDefault="004E7A64" w:rsidP="001C4044">
+    <w:p w14:paraId="0902BBDB" w14:textId="77777777" w:rsidR="004E7A64" w:rsidRPr="009C06BA" w:rsidRDefault="004E7A64" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="23"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2ED8C2E4" w14:textId="1847793C" w:rsidR="004E7A64" w:rsidRPr="004E7A64" w:rsidRDefault="004E7A64" w:rsidP="001C4044">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED8C2E4" w14:textId="1847793C" w:rsidR="004E7A64" w:rsidRPr="009C06BA" w:rsidRDefault="004E7A64" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="23"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00066AA6">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C06BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="23"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(si procede)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF09F43" w14:textId="6707BC89" w:rsidR="00301AF4" w:rsidRPr="001C4044" w:rsidRDefault="00F3731F" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Así mismo, esta Comisión acuerda </w:t>
       </w:r>
       <w:r w:rsidR="001C4044" w:rsidRPr="001C4044">
@@ -1060,58 +1088,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -1650,51 +1680,88 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Fdo.:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506E424E" w14:textId="7AE6FBE4" w:rsidR="00301AF4" w:rsidRPr="00FB4952" w:rsidRDefault="00F3731F" w:rsidP="00FB4952">
+    <w:p w14:paraId="7578DAC7" w14:textId="000D81BC" w:rsidR="009C06BA" w:rsidRPr="00105930" w:rsidRDefault="009C06BA" w:rsidP="00FB4952">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3468"/>
+        </w:tabs>
+        <w:spacing w:before="194"/>
+        <w:ind w:right="868"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00105930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Una vez completado y firmado este impreso hay que subirlo a RAPI y enviarlo a </w:t>
+      </w:r>
+      <w:r w:rsidR="00105930" w:rsidRPr="00105930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>secretaria.eindoc@upct.es</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506E424E" w14:textId="13245FB8" w:rsidR="00301AF4" w:rsidRPr="00FB4952" w:rsidRDefault="00F3731F" w:rsidP="00FB4952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3468"/>
         </w:tabs>
         <w:spacing w:before="194"/>
         <w:ind w:right="868"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA212E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>COMITÉ DE DIRECCIÓN ESCUELA INTERNACIONAL DE DOCTORADO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F28F1E" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00DA212E" w:rsidRDefault="00301AF4">
       <w:pPr>
@@ -3086,62 +3153,63 @@
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Tener dos patentes en explo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>tación o registros varietales en los últimos seis años.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D8AD0A" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00DA212E" w:rsidRDefault="00301AF4" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66F97EF0" w14:textId="77777777" w:rsidR="005E5718" w:rsidRPr="005E5718" w:rsidRDefault="005E5718" w:rsidP="005E5718">
+    <w:p w14:paraId="66F97EF0" w14:textId="77777777" w:rsidR="005E5718" w:rsidRPr="009C06BA" w:rsidRDefault="005E5718" w:rsidP="005E5718">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="386"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="142"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C879DA0" w14:textId="77777777" w:rsidR="005E5718" w:rsidRPr="005E5718" w:rsidRDefault="005E5718" w:rsidP="005E5718">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7159DB1C" w14:textId="393FFDD4" w:rsidR="00301AF4" w:rsidRPr="005E5718" w:rsidRDefault="00F3731F" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="386"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="142" w:firstLine="0"/>
@@ -3156,72 +3224,72 @@
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Haber dirigido cuatro o más tesis doctorales y alguna de ellas en los últimos diez años.</w:t>
       </w:r>
       <w:r w:rsidRPr="009F794D">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-18"/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F794D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>(*)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00301AF4" w:rsidRPr="005E5718">
+    <w:sectPr w:rsidR="00301AF4" w:rsidRPr="005E5718" w:rsidSect="00BE7BE1">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="3120" w:right="140" w:bottom="920" w:left="1580" w:header="720" w:footer="733" w:gutter="0"/>
+      <w:pgMar w:top="1985" w:right="140" w:bottom="920" w:left="1580" w:header="720" w:footer="733" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="405C24E0" w14:textId="77777777" w:rsidR="000162C6" w:rsidRDefault="000162C6">
+    <w:p w14:paraId="331644B6" w14:textId="77777777" w:rsidR="004202BC" w:rsidRDefault="004202BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49B1D34C" w14:textId="77777777" w:rsidR="000162C6" w:rsidRDefault="000162C6">
+    <w:p w14:paraId="36EE6597" w14:textId="77777777" w:rsidR="004202BC" w:rsidRDefault="004202BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -3344,77 +3412,91 @@
                             <w:rPr>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t xml:space="preserve">de </w:t>
                           </w:r>
                           <w:r w:rsidR="00480A7F">
                             <w:rPr>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>cuantos directores corresponda</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="28B54240" w14:textId="438BFEC8" w:rsidR="00301AF4" w:rsidRPr="00DA212E" w:rsidRDefault="00F3731F">
                           <w:pPr>
                             <w:pStyle w:val="Textoindependiente"/>
                             <w:spacing w:before="15"/>
                             <w:ind w:left="1153" w:hanging="1134"/>
                             <w:rPr>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00DA212E">
                             <w:rPr>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
-                            <w:t>(*) Para directores externos a la UPCT: adjunte la documentación acreditativa necesaria al componer el pdf de este archivo previo a ser firmado por el coordinador del Programa.</w:t>
+                            <w:t xml:space="preserve">(*) Para directores externos a la UPCT: adjunte la documentación acreditativa necesaria al componer el </w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00DA212E">
+                            <w:rPr>
+                              <w:lang w:val="es-ES"/>
+                            </w:rPr>
+                            <w:t>pdf</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r w:rsidRPr="00DA212E">
+                            <w:rPr>
+                              <w:lang w:val="es-ES"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> de este archivo previo a ser firmado por el coordinador del Programa.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="797D1AFB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:780.6pt;width:465.6pt;height:40.4pt;z-index:-15857664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwz8282AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu3CAQfa/Uf0C8d21vlCq11huliVJV&#10;Si9Smg/AGGxUm6EDu/b26ztge9Omb1Vf0DADh3PODLvraejZUaE3YCtebHLOlJXQGNtW/Onb/Zsr&#10;znwQthE9WFXxk/L8ev/61W50pdpCB32jkBGI9eXoKt6F4Mos87JTg/AbcMpSUQMOItAW26xBMRL6&#10;0GfbPH+bjYCNQ5DKe8rezUW+T/haKxm+aO1VYH3FiVtIK6a1jmu234myReE6Ixca4h9YDMJYevQM&#10;dSeCYAc0f0ENRiJ40GEjYchAayNV0kBqivyFmsdOOJW0kDnenW3y/w9Wfj4+uq/IwvQeJmpgEuHd&#10;A8jvnlm47YRt1Q0ijJ0SDT1cRMuy0flyuRqt9qWPIPX4CRpqsjgESECTxiG6QjoZoVMDTmfT1RSY&#10;pOTlu+Ki2FJJUu2yuMivUlcyUa63HfrwQcHAYlBxpKYmdHF88CGyEeV6JD5m4d70fWpsb/9I0MGY&#10;Sewj4Zl6mOqJmWaRFsXU0JxIDsI8LjTeFHSAPzkbaVQq7n8cBCrO+o+WLIlztQa4BvUaCCvpasUD&#10;Z3N4G+b5Ozg0bUfIs+kWbsg2bZKiZxYLXWp/ErqMapyv3/fp1POH2v8CAAD//wMAUEsDBBQABgAI&#10;AAAAIQCMryXu3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWLoCFStN&#10;pwnBCQnRlQPHtPHaaI1Tmmwr/x7vNG72e9bz94r17AZxxClYTwqWiwQEUuuNpU7BV/129wQiRE1G&#10;D55QwS8GWJfXV4XOjT9Rhcdt7ASHUMi1gj7GMZcytD06HRZ+RGJv5yenI69TJ82kTxzuBpkmSSad&#10;tsQfej3iS4/tfntwCjbfVL3an4/ms9pVtq5XCb1ne6Vub+bNM4iIc7wcwxmf0aFkpsYfyAQxKOAi&#10;kdXHbJmCYH91fx4alrKHNAFZFvJ/hfIPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsM/N&#10;vNgBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;jK8l7t4AAAAKAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:780.6pt;width:465.6pt;height:40.4pt;z-index:-15857664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwXCTJ1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO0aEz4hRdiw4D&#10;ugvQ9QNkWbKN2aJGKrGzrx8lx+nWvQ17EWiSOjrnkN5eT0MvDgapA1fKfLWWwjgNdeeaUj59u39z&#10;JQUF5WrVgzOlPBqS17vXr7ajL8wGWuhrg4JBHBWjL2Ubgi+yjHRrBkUr8MZx0QIOKvAnNlmNamT0&#10;oc826/XbbASsPYI2RJy9m4tyl/CtNTp8sZZMEH0pmVtIJ6azime226qiQeXbTp9oqH9gMajO8aNn&#10;qDsVlNhj9xfU0GkEAhtWGoYMrO20SRpYTb5+oeaxVd4kLWwO+bNN9P9g9efDo/+KIkzvYeIBJhHk&#10;H0B/J+HgtlWuMTeIMLZG1fxwHi3LRk/F6Wq0mgqKINX4CWoestoHSECTxSG6wjoFo/MAjmfTzRSE&#10;5uTlu/wi33BJc+0yv1hfpalkqlhue6TwwcAgYlBK5KEmdHV4oBDZqGJpiY85uO/6Pg22d38kuDFm&#10;EvtIeKYepmri7qiigvrIOhDmPeG95qAF/CnFyDtSSvqxV2ik6D869iIu1BLgElRLoJzmq6UMUszh&#10;bZgXb++xa1pGnt12cMN+2S5JeWZx4slzTwpPOxoX6/fv1PX8J+1+AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAjK8l7t4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fi6AhUrTacJ&#10;wQkJ0ZUDx7Tx2miNU5psK/8e7zRu9nvW8/eK9ewGccQpWE8KlosEBFLrjaVOwVf9dvcEIkRNRg+e&#10;UMEvBliX11eFzo0/UYXHbewEh1DItYI+xjGXMrQ9Oh0WfkRib+cnpyOvUyfNpE8c7gaZJkkmnbbE&#10;H3o94kuP7X57cAo231S92p+P5rPaVbauVwm9Z3ulbm/mzTOIiHO8HMMZn9GhZKbGH8gEMSjgIpHV&#10;x2yZgmB/dX8eGpayhzQBWRbyf4XyDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPBcJMnW&#10;AQAAkQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIyv&#10;Je7eAAAACgEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6CBA04F0" w14:textId="2FCBF071" w:rsidR="00F90EE6" w:rsidRDefault="0054050F">
                     <w:pPr>
                       <w:pStyle w:val="Textoindependiente"/>
                       <w:spacing w:before="15"/>
                       <w:ind w:left="1153" w:hanging="1134"/>
                       <w:rPr>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Duplicar </w:t>
                     </w:r>
                     <w:r w:rsidR="00F90EE6">
                       <w:rPr>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t xml:space="preserve">esta hoja para </w:t>
                     </w:r>
                     <w:r w:rsidR="00480A7F">
                       <w:rPr>
@@ -3426,433 +3508,237 @@
                       <w:rPr>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t xml:space="preserve">de </w:t>
                     </w:r>
                     <w:r w:rsidR="00480A7F">
                       <w:rPr>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t>cuantos directores corresponda</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="28B54240" w14:textId="438BFEC8" w:rsidR="00301AF4" w:rsidRPr="00DA212E" w:rsidRDefault="00F3731F">
                     <w:pPr>
                       <w:pStyle w:val="Textoindependiente"/>
                       <w:spacing w:before="15"/>
                       <w:ind w:left="1153" w:hanging="1134"/>
                       <w:rPr>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00DA212E">
                       <w:rPr>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
-                      <w:t>(*) Para directores externos a la UPCT: adjunte la documentación acreditativa necesaria al componer el pdf de este archivo previo a ser firmado por el coordinador del Programa.</w:t>
+                      <w:t xml:space="preserve">(*) Para directores externos a la UPCT: adjunte la documentación acreditativa necesaria al componer el </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00DA212E">
+                      <w:rPr>
+                        <w:lang w:val="es-ES"/>
+                      </w:rPr>
+                      <w:t>pdf</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00DA212E">
+                      <w:rPr>
+                        <w:lang w:val="es-ES"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> de este archivo previo a ser firmado por el coordinador del Programa.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16266629" w14:textId="77777777" w:rsidR="000162C6" w:rsidRDefault="000162C6">
+    <w:p w14:paraId="27B94F32" w14:textId="77777777" w:rsidR="004202BC" w:rsidRDefault="004202BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="148BBB48" w14:textId="77777777" w:rsidR="000162C6" w:rsidRDefault="000162C6">
+    <w:p w14:paraId="61E0ECC2" w14:textId="77777777" w:rsidR="004202BC" w:rsidRDefault="004202BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="715DC9D4" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRDefault="00F3731F">
+  <w:p w14:paraId="715DC9D4" w14:textId="17836F2F" w:rsidR="00301AF4" w:rsidRDefault="0018658A">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487453184" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15A18374" wp14:editId="703CA7AB">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487459840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="632B02BB" wp14:editId="15CC7086">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>5925821</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>457200</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-22860</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="554353" cy="682751"/>
+          <wp:extent cx="5648400" cy="547200"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="19" name="image1.png"/>
+          <wp:docPr id="876321269" name="Imagen 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="image1.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 3"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="554353" cy="682751"/>
+                    <a:ext cx="5648400" cy="547200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:anchor>
-[...46 lines deleted...]
-          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1D662D5A" w14:textId="10E9EA80" w:rsidR="00301AF4" w:rsidRDefault="00F3731F">
+  <w:p w14:paraId="1D662D5A" w14:textId="520B229E" w:rsidR="00301AF4" w:rsidRPr="00BE7BE1" w:rsidRDefault="00BE7BE1" w:rsidP="00BE7BE1">
     <w:pPr>
-      <w:pStyle w:val="Textoindependiente"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487456768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6265769B" wp14:editId="69841031">
-[...7 lines deleted...]
-          <wp:extent cx="554353" cy="682751"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AFBB70C" wp14:editId="67F58C10">
+          <wp:extent cx="5646420" cy="548640"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="9" name="image1.png"/>
+          <wp:docPr id="982490144" name="Imagen 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="10" name="image1.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 5"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="554353" cy="682751"/>
+                    <a:ext cx="5646420" cy="548640"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
-    </w:r>
-[...180 lines deleted...]
-      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="174016F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EAC530C"/>
     <w:lvl w:ilvl="0" w:tplc="466298BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="119" w:hanging="322"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:i/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
@@ -4409,84 +4295,92 @@
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00301AF4"/>
     <w:rsid w:val="000162C6"/>
     <w:rsid w:val="00034B92"/>
     <w:rsid w:val="00066AA6"/>
     <w:rsid w:val="000F0608"/>
     <w:rsid w:val="0010165F"/>
+    <w:rsid w:val="00102241"/>
+    <w:rsid w:val="00105930"/>
     <w:rsid w:val="001444EE"/>
+    <w:rsid w:val="0018658A"/>
     <w:rsid w:val="001C4044"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="002C2359"/>
     <w:rsid w:val="002C502F"/>
     <w:rsid w:val="002C7B81"/>
     <w:rsid w:val="00301AF4"/>
     <w:rsid w:val="00404A35"/>
+    <w:rsid w:val="004202BC"/>
     <w:rsid w:val="00480A7F"/>
     <w:rsid w:val="004E7A64"/>
     <w:rsid w:val="00524CE3"/>
+    <w:rsid w:val="00533523"/>
     <w:rsid w:val="00537423"/>
     <w:rsid w:val="0054050F"/>
     <w:rsid w:val="0055442B"/>
     <w:rsid w:val="005771EC"/>
     <w:rsid w:val="005E5718"/>
     <w:rsid w:val="0060285D"/>
+    <w:rsid w:val="00642353"/>
     <w:rsid w:val="00692FF5"/>
     <w:rsid w:val="007D23F5"/>
     <w:rsid w:val="008500E4"/>
     <w:rsid w:val="008E1B7D"/>
     <w:rsid w:val="009A5A34"/>
     <w:rsid w:val="009B5DC7"/>
+    <w:rsid w:val="009C06BA"/>
     <w:rsid w:val="009D02A0"/>
     <w:rsid w:val="009F794D"/>
     <w:rsid w:val="00A361A8"/>
     <w:rsid w:val="00A90896"/>
     <w:rsid w:val="00AC3734"/>
     <w:rsid w:val="00AC58C9"/>
     <w:rsid w:val="00AE40CF"/>
     <w:rsid w:val="00B57F9A"/>
     <w:rsid w:val="00B67ADE"/>
     <w:rsid w:val="00B73F01"/>
     <w:rsid w:val="00B82036"/>
+    <w:rsid w:val="00BE7BE1"/>
     <w:rsid w:val="00C278FB"/>
     <w:rsid w:val="00C5045F"/>
     <w:rsid w:val="00C66BCB"/>
     <w:rsid w:val="00CD1BD5"/>
     <w:rsid w:val="00CE679E"/>
     <w:rsid w:val="00DA212E"/>
     <w:rsid w:val="00E5225B"/>
     <w:rsid w:val="00F3731F"/>
     <w:rsid w:val="00F90EE6"/>
     <w:rsid w:val="00FB4952"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
@@ -5071,55 +4965,55 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F794D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5366,75 +5260,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>385</Words>
-  <Characters>2118</Characters>
+  <Words>401</Words>
+  <Characters>2208</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - 93390CFB3E1B06C48F2A58CEC97FA196.doc</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2499</CharactersWithSpaces>
+  <CharactersWithSpaces>2604</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - 93390CFB3E1B06C48F2A58CEC97FA196.doc</dc:title>
   <dc:creator>Paco</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-10-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Word</vt:lpwstr>
   </property>