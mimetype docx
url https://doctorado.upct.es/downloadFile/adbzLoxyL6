--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -5,85 +5,95 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E6B3BED" w14:textId="77777777" w:rsidR="00502DE4" w:rsidRPr="002C7FDC" w:rsidRDefault="00502DE4" w:rsidP="001716F0">
-[...11 lines deleted...]
-    <w:p w14:paraId="22E6D388" w14:textId="1A8C5641" w:rsidR="004D5F12" w:rsidRPr="006F052A" w:rsidRDefault="00692A9C" w:rsidP="00155B73">
+    <w:p w14:paraId="22E6D388" w14:textId="752F866F" w:rsidR="004D5F12" w:rsidRPr="006F052A" w:rsidRDefault="00692A9C" w:rsidP="00155B73">
       <w:pPr>
         <w:ind w:left="-709" w:right="-234"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F052A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solicitud Modalidad Mención </w:t>
+        <w:t xml:space="preserve">Solicitud </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F052A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mención </w:t>
       </w:r>
       <w:r w:rsidR="007803D1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="006F052A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Doctorado Industrial</w:t>
       </w:r>
       <w:r w:rsidR="007803D1">
         <w:rPr>
@@ -426,107 +436,112 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AD296D4" w14:textId="241A8FAB" w:rsidR="005C5619" w:rsidRDefault="005C5619">
             <w:pPr>
               <w:ind w:right="255"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nombre del </w:t>
+              <w:t>Nombre del Director</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="007012C8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> de la Tesis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25BBE" w14:paraId="171F601E" w14:textId="77777777" w:rsidTr="00F20D07">
         <w:trPr>
           <w:trHeight w:val="677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E4639AC" w14:textId="73C3E5D4" w:rsidR="00A25BBE" w:rsidRDefault="00A25BBE">
+          <w:p w14:paraId="6E4639AC" w14:textId="0E50E604" w:rsidR="00A25BBE" w:rsidRDefault="00A25BBE">
             <w:pPr>
               <w:ind w:right="255"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nombre del </w:t>
+              <w:t>Nombre del</w:t>
+            </w:r>
+            <w:r w:rsidR="00155B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/los</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="008A6901">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Co-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Director</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="008A6901">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(es)</w:t>
             </w:r>
             <w:r>
@@ -1060,144 +1075,149 @@
       </w:r>
       <w:r w:rsidR="00956440">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A47B284" w14:textId="768F7ECF" w:rsidR="00692A9C" w:rsidRPr="00B401FD" w:rsidRDefault="00692A9C" w:rsidP="00AB4A73">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:right="255"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B401FD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">CV del supervisor / </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de la tesis en la empresa.</w:t>
+        <w:t>CV del supervisor / Director de la tesis en la empresa.</w:t>
       </w:r>
       <w:r w:rsidR="00165508" w:rsidRPr="00165508">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00165508" w:rsidRPr="00165508">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solo si va a ser </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Solo si va a ser Director o </w:t>
+      </w:r>
+      <w:r w:rsidR="006D548C" w:rsidRPr="00165508">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Codirector</w:t>
+      </w:r>
       <w:r w:rsidR="00165508" w:rsidRPr="00165508">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>Director</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> de la tesis. Debe acreditarse de manera explícita la actividad investigadora acreditada acorde a lo indicado nuestro Reglamento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DE73BC" w14:textId="0394ACC4" w:rsidR="006632A3" w:rsidRDefault="001C5913" w:rsidP="00AB4A73">
+    <w:p w14:paraId="46DE73BC" w14:textId="4B678362" w:rsidR="006632A3" w:rsidRDefault="001C5913" w:rsidP="00AB4A73">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:right="255"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006632A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Convenio de colaboración entre la empresa y UPCT</w:t>
       </w:r>
+      <w:r w:rsidR="00023DDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00023DDD" w:rsidRPr="008443A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidR="00023DDD" w:rsidRPr="007D4F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">formato Word </w:t>
+      </w:r>
+      <w:r w:rsidR="008443A2" w:rsidRPr="007D4F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>sin firmar</w:t>
+      </w:r>
+      <w:r w:rsidR="008443A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006632A3" w:rsidRPr="006632A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (según modelo</w:t>
+        <w:t>(según modelo</w:t>
       </w:r>
       <w:r w:rsidR="009E4D13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009E4D13" w:rsidRPr="009E4D13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>aportando escrituras actualizadas de constitución, de apoderamiento, y en su caso, escritura de cambios de denominación social)</w:t>
       </w:r>
-      <w:r w:rsidR="006632A3">
+      <w:r w:rsidR="00023DDD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4621F0F3" w14:textId="66910F9F" w:rsidR="00B30FDA" w:rsidRPr="006632A3" w:rsidRDefault="00B30FDA" w:rsidP="00AB4A73">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:right="255"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006632A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Memoria del proyecto de investigación industrial o de desarrollo experimental.</w:t>
       </w:r>
       <w:r w:rsidR="008A77C3" w:rsidRPr="008A77C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A77C3" w:rsidRPr="008A77C3">
@@ -1250,90 +1270,74 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">V.B. del </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de la tesis:</w:t>
+        <w:t>V.B. del Director de la tesis:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BB146B" w:rsidSect="004373BE">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="6" w:right="1701" w:bottom="426" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="476FC3D0" w14:textId="77777777" w:rsidR="00D13072" w:rsidRDefault="00D13072" w:rsidP="001716F0">
+    <w:p w14:paraId="42551C74" w14:textId="77777777" w:rsidR="00832171" w:rsidRDefault="00832171" w:rsidP="001716F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19EB28F4" w14:textId="77777777" w:rsidR="00D13072" w:rsidRDefault="00D13072" w:rsidP="001716F0">
+    <w:p w14:paraId="3D5B3D4B" w14:textId="77777777" w:rsidR="00832171" w:rsidRDefault="00832171" w:rsidP="001716F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1356,195 +1360,155 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3513FDCE" w14:textId="77777777" w:rsidR="00D13072" w:rsidRDefault="00D13072" w:rsidP="001716F0">
+    <w:p w14:paraId="34D75F54" w14:textId="77777777" w:rsidR="00832171" w:rsidRDefault="00832171" w:rsidP="001716F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25B6FF58" w14:textId="77777777" w:rsidR="00D13072" w:rsidRDefault="00D13072" w:rsidP="001716F0">
+    <w:p w14:paraId="17E18AFE" w14:textId="77777777" w:rsidR="00832171" w:rsidRDefault="00832171" w:rsidP="001716F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="718993AD" w14:textId="77777777" w:rsidR="001716F0" w:rsidRDefault="00E9224C" w:rsidP="00C42EFD">
+  <w:p w14:paraId="718993AD" w14:textId="03AB4BDE" w:rsidR="001716F0" w:rsidRDefault="00C42EFD" w:rsidP="00C42EFD">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
+      <w:t xml:space="preserve">                                                                                                                                                        </w:t>
+    </w:r>
+    <w:r w:rsidR="00404C12">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="135AD8EC" wp14:editId="1F4099FF">
-[...10 lines deleted...]
-          <wp:docPr id="2" name="Imagen 10" descr="Marca UPCT"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D8A2344" wp14:editId="4C3077F6">
+          <wp:extent cx="5612130" cy="532130"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:docPr id="3" name="Imagen 2">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DF7DA00-D323-3641-56A9-AE15F0342E73}"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Imagen 10" descr="Marca UPCT"/>
+                  <pic:cNvPr id="3" name="Imagen 2">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DF7DA00-D323-3641-56A9-AE15F0342E73}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1802130" cy="609600"/>
+                    <a:ext cx="5612130" cy="532130"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...61 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="45F35313" w14:textId="77777777" w:rsidR="00C42EFD" w:rsidRDefault="001716F0">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="22C6EA3A" w14:textId="77777777" w:rsidR="001716F0" w:rsidRDefault="001716F0">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2395,275 +2359,288 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="156502863">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1569346452">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1146900592">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1966236267">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="424619230">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1549218333">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00ED4249"/>
     <w:rsid w:val="0000651E"/>
     <w:rsid w:val="0001291C"/>
     <w:rsid w:val="00016B13"/>
+    <w:rsid w:val="00023DDD"/>
     <w:rsid w:val="00070B06"/>
     <w:rsid w:val="00082298"/>
     <w:rsid w:val="00091B8F"/>
     <w:rsid w:val="000A66EE"/>
     <w:rsid w:val="000C6E16"/>
     <w:rsid w:val="000E1D8F"/>
     <w:rsid w:val="000E5205"/>
     <w:rsid w:val="000F259E"/>
     <w:rsid w:val="000F47D8"/>
     <w:rsid w:val="000F4D7A"/>
     <w:rsid w:val="000F580C"/>
     <w:rsid w:val="00112198"/>
     <w:rsid w:val="00115657"/>
     <w:rsid w:val="001418CA"/>
     <w:rsid w:val="00145480"/>
     <w:rsid w:val="00155B73"/>
+    <w:rsid w:val="00155B85"/>
     <w:rsid w:val="00165508"/>
     <w:rsid w:val="001716F0"/>
     <w:rsid w:val="00182266"/>
     <w:rsid w:val="001A22D3"/>
     <w:rsid w:val="001A2CFB"/>
     <w:rsid w:val="001C5913"/>
     <w:rsid w:val="001E75A2"/>
     <w:rsid w:val="00202007"/>
     <w:rsid w:val="00202585"/>
     <w:rsid w:val="0023483F"/>
     <w:rsid w:val="00253643"/>
     <w:rsid w:val="00257448"/>
     <w:rsid w:val="00257AE0"/>
     <w:rsid w:val="0027495D"/>
     <w:rsid w:val="002776C4"/>
     <w:rsid w:val="002B03F9"/>
     <w:rsid w:val="002B1028"/>
     <w:rsid w:val="002C7FDC"/>
     <w:rsid w:val="002D31D0"/>
     <w:rsid w:val="002E7729"/>
     <w:rsid w:val="003009AB"/>
     <w:rsid w:val="003136A3"/>
     <w:rsid w:val="003355D0"/>
     <w:rsid w:val="00350F4D"/>
     <w:rsid w:val="00365A9F"/>
     <w:rsid w:val="0038526E"/>
+    <w:rsid w:val="003A0455"/>
     <w:rsid w:val="003A14E7"/>
     <w:rsid w:val="003E1990"/>
+    <w:rsid w:val="00404C12"/>
     <w:rsid w:val="004373BE"/>
     <w:rsid w:val="004B6E32"/>
     <w:rsid w:val="004C01C5"/>
     <w:rsid w:val="004D5F12"/>
     <w:rsid w:val="004E1875"/>
     <w:rsid w:val="004E18FC"/>
+    <w:rsid w:val="004E5E0B"/>
     <w:rsid w:val="00502DE4"/>
     <w:rsid w:val="005114D9"/>
     <w:rsid w:val="0051342E"/>
     <w:rsid w:val="00532219"/>
     <w:rsid w:val="0053322C"/>
     <w:rsid w:val="00561342"/>
     <w:rsid w:val="0057564E"/>
     <w:rsid w:val="00581103"/>
     <w:rsid w:val="0059124A"/>
     <w:rsid w:val="005B3DC5"/>
     <w:rsid w:val="005C05F7"/>
     <w:rsid w:val="005C2CA0"/>
     <w:rsid w:val="005C5619"/>
     <w:rsid w:val="005D00EB"/>
     <w:rsid w:val="005E4A0F"/>
     <w:rsid w:val="005E6B6F"/>
     <w:rsid w:val="005F3597"/>
     <w:rsid w:val="005F716F"/>
     <w:rsid w:val="0062568E"/>
     <w:rsid w:val="00661D10"/>
     <w:rsid w:val="006622F2"/>
     <w:rsid w:val="006632A3"/>
     <w:rsid w:val="00677AF4"/>
     <w:rsid w:val="00684895"/>
     <w:rsid w:val="00692A9C"/>
     <w:rsid w:val="00694BB7"/>
     <w:rsid w:val="006A344A"/>
     <w:rsid w:val="006A6990"/>
     <w:rsid w:val="006D38A1"/>
     <w:rsid w:val="006D548C"/>
     <w:rsid w:val="006E2943"/>
     <w:rsid w:val="006F052A"/>
     <w:rsid w:val="007012C8"/>
     <w:rsid w:val="00705563"/>
+    <w:rsid w:val="007219C4"/>
     <w:rsid w:val="00727257"/>
     <w:rsid w:val="00770408"/>
     <w:rsid w:val="007803D1"/>
     <w:rsid w:val="00786924"/>
     <w:rsid w:val="00790367"/>
     <w:rsid w:val="007D1753"/>
+    <w:rsid w:val="007D4F4E"/>
+    <w:rsid w:val="007E439A"/>
     <w:rsid w:val="008204E9"/>
+    <w:rsid w:val="00832171"/>
+    <w:rsid w:val="008443A2"/>
     <w:rsid w:val="008455C5"/>
     <w:rsid w:val="00864DC3"/>
     <w:rsid w:val="00874F89"/>
     <w:rsid w:val="008A04FC"/>
     <w:rsid w:val="008A6901"/>
     <w:rsid w:val="008A77C3"/>
     <w:rsid w:val="008C649E"/>
     <w:rsid w:val="008D1BAB"/>
     <w:rsid w:val="008D2F1C"/>
     <w:rsid w:val="008E1F9F"/>
     <w:rsid w:val="00921EEF"/>
     <w:rsid w:val="00956440"/>
     <w:rsid w:val="009934B5"/>
     <w:rsid w:val="009C5E70"/>
     <w:rsid w:val="009C72E0"/>
     <w:rsid w:val="009E4D13"/>
     <w:rsid w:val="009E77DC"/>
     <w:rsid w:val="009F31EF"/>
     <w:rsid w:val="00A24007"/>
     <w:rsid w:val="00A25BBE"/>
     <w:rsid w:val="00A72D8D"/>
     <w:rsid w:val="00A923D3"/>
     <w:rsid w:val="00AA4F2F"/>
     <w:rsid w:val="00AB4A73"/>
     <w:rsid w:val="00AC5D93"/>
     <w:rsid w:val="00AD2568"/>
     <w:rsid w:val="00B30FDA"/>
     <w:rsid w:val="00B32908"/>
     <w:rsid w:val="00B401FD"/>
     <w:rsid w:val="00B42FDB"/>
     <w:rsid w:val="00B62623"/>
     <w:rsid w:val="00B843BE"/>
     <w:rsid w:val="00BA5480"/>
     <w:rsid w:val="00BA5536"/>
     <w:rsid w:val="00BB146B"/>
     <w:rsid w:val="00BD3803"/>
     <w:rsid w:val="00BD60E4"/>
     <w:rsid w:val="00BD71A3"/>
     <w:rsid w:val="00C00D5D"/>
     <w:rsid w:val="00C21FEA"/>
     <w:rsid w:val="00C337B3"/>
     <w:rsid w:val="00C4248B"/>
     <w:rsid w:val="00C42EFD"/>
+    <w:rsid w:val="00C5431C"/>
     <w:rsid w:val="00C73BCD"/>
     <w:rsid w:val="00C87194"/>
     <w:rsid w:val="00C940B3"/>
     <w:rsid w:val="00CA120D"/>
     <w:rsid w:val="00CA12D9"/>
     <w:rsid w:val="00CB30D1"/>
     <w:rsid w:val="00CD444C"/>
     <w:rsid w:val="00CD6DB4"/>
     <w:rsid w:val="00D021B4"/>
     <w:rsid w:val="00D13072"/>
     <w:rsid w:val="00D15922"/>
     <w:rsid w:val="00D61FEB"/>
     <w:rsid w:val="00D70A3C"/>
     <w:rsid w:val="00DC0139"/>
     <w:rsid w:val="00DC0216"/>
     <w:rsid w:val="00DF1D17"/>
     <w:rsid w:val="00E24351"/>
     <w:rsid w:val="00E37A60"/>
     <w:rsid w:val="00E44160"/>
     <w:rsid w:val="00E471B0"/>
     <w:rsid w:val="00E51091"/>
     <w:rsid w:val="00E606B0"/>
+    <w:rsid w:val="00E638B1"/>
     <w:rsid w:val="00E86A5F"/>
     <w:rsid w:val="00E8758A"/>
     <w:rsid w:val="00E9224C"/>
     <w:rsid w:val="00E942FA"/>
     <w:rsid w:val="00EA4513"/>
     <w:rsid w:val="00EA6E39"/>
     <w:rsid w:val="00EC0614"/>
     <w:rsid w:val="00ED24AB"/>
     <w:rsid w:val="00ED4249"/>
     <w:rsid w:val="00EF7D1B"/>
     <w:rsid w:val="00F20D07"/>
     <w:rsid w:val="00F23F42"/>
     <w:rsid w:val="00F415B5"/>
+    <w:rsid w:val="00F66DD4"/>
     <w:rsid w:val="00F833CF"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00FA4477"/>
     <w:rsid w:val="00FB38BF"/>
     <w:rsid w:val="00FD078D"/>
     <w:rsid w:val="00FF2693"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-ES"/>
+  <w:themeFontLang w:val="es-ES" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="39B58071"/>
   <w15:docId w15:val="{9129D6E6-829B-9D43-AB0A-2A660EC88A7C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
@@ -3506,51 +3483,51 @@
       </w:divBdr>
     </w:div>
     <w:div w:id="755595212">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3813,75 +3790,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1BA572E-6D97-CF4A-BC5D-37CB7D3FDE07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>243</Words>
-  <Characters>1349</Characters>
+  <Words>248</Words>
+  <Characters>1370</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LA SECRETARÍA GENERAL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UPCT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1589</CharactersWithSpaces>
+  <CharactersWithSpaces>1615</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6684707</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.upct.es/vordenacion_acad/documentos/normativa_academica/Reglamento Doctorado 17 dic.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>