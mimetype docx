--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -6,58 +6,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0FCF1AA7" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00F43CB0" w:rsidRDefault="00F3731F" w:rsidP="006358C8">
+    <w:p w14:paraId="0FCF1AA7" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00F43CB0" w:rsidRDefault="00F3731F" w:rsidP="009C4338">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:line="273" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="1462"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F43CB0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DT-13</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051305BB" w14:textId="7CD450B6" w:rsidR="00301AF4" w:rsidRPr="006358C8" w:rsidRDefault="008112C6" w:rsidP="00C66BCB">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006358C8">
         <w:rPr>
           <w:u w:val="thick"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>APPOINTMENT OF DOCTORAL THESIS SUPERVISOR(S)</w:t>
@@ -905,335 +905,313 @@
       <w:r w:rsidRPr="00E918AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>as co-</w:t>
       </w:r>
       <w:r w:rsidR="000D5E67" w:rsidRPr="00E918AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>supervisors</w:t>
       </w:r>
       <w:r w:rsidRPr="00E918AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C56554" w14:textId="77777777" w:rsidR="00FB4952" w:rsidRPr="006358C8" w:rsidRDefault="00CD1BD5" w:rsidP="001C4044">
+    <w:p w14:paraId="04C56554" w14:textId="77777777" w:rsidR="00FB4952" w:rsidRPr="00B76F9D" w:rsidRDefault="00CD1BD5" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
-          <w:lang w:val="en-GB"/>
-[...27 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Dr.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3595B766" w14:textId="18F2734E" w:rsidR="00CD1BD5" w:rsidRPr="006358C8" w:rsidRDefault="00FB4952" w:rsidP="001C4044">
+    <w:p w14:paraId="3595B766" w14:textId="18F2734E" w:rsidR="00CD1BD5" w:rsidRPr="00B76F9D" w:rsidRDefault="00FB4952" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
-          <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>DNI/</w:t>
       </w:r>
-      <w:r w:rsidR="009B326B" w:rsidRPr="006358C8">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="009B326B" w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> PASSPORT</w:t>
       </w:r>
       <w:r w:rsidRPr="001B5B1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>/NIE</w:t>
       </w:r>
       <w:r w:rsidR="00CD1BD5" w:rsidRPr="001B5B1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CF7F2A" w14:textId="77777777" w:rsidR="00CD1BD5" w:rsidRPr="006358C8" w:rsidRDefault="00CD1BD5" w:rsidP="001C4044">
+    <w:p w14:paraId="58CF7F2A" w14:textId="77777777" w:rsidR="00CD1BD5" w:rsidRPr="00B76F9D" w:rsidRDefault="00CD1BD5" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="08756315" w14:textId="77777777" w:rsidR="00FB4952" w:rsidRPr="006358C8" w:rsidRDefault="00CD1BD5" w:rsidP="001C4044">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08756315" w14:textId="77777777" w:rsidR="00FB4952" w:rsidRPr="00B76F9D" w:rsidRDefault="00CD1BD5" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
-          <w:lang w:val="en-GB"/>
-[...27 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006358C8">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B76F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22870425" w14:textId="0517AEDD" w:rsidR="00CD1BD5" w:rsidRPr="006358C8" w:rsidRDefault="00FB4952" w:rsidP="001C4044">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006358C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DNI/</w:t>
       </w:r>
@@ -1985,119 +1963,124 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00F3731F" w:rsidRPr="00F43CB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F3731F" w:rsidRPr="00F43CB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEF54EE" w14:textId="77777777" w:rsidR="005D1C10" w:rsidRPr="006358C8" w:rsidRDefault="005D1C10" w:rsidP="005D1C10">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="72D36AF5" w14:textId="77777777" w:rsidR="005D1C10" w:rsidRPr="006358C8" w:rsidRDefault="005D1C10" w:rsidP="005D1C10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30F28F1E" w14:textId="19744195" w:rsidR="005D1C10" w:rsidRPr="006358C8" w:rsidRDefault="005D1C10" w:rsidP="005D1C10">
+    <w:p w14:paraId="3F984FF5" w14:textId="5A5E69C6" w:rsidR="00F40FF7" w:rsidRPr="00F40FF7" w:rsidRDefault="00F40FF7" w:rsidP="00F40FF7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2220"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="23"/>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="005D1C10" w:rsidRPr="006358C8" w:rsidSect="005D1C10">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F40FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Once this form has been completed and signed, it must be uploaded to RAPI and sent to secretaria.eindoc@upct.es</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F28F1E" w14:textId="19744195" w:rsidR="005D1C10" w:rsidRPr="00F40FF7" w:rsidRDefault="005D1C10" w:rsidP="005D1C10">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2220"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005D1C10" w:rsidRPr="00F40FF7" w:rsidSect="005D1C10">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1780" w:right="140" w:bottom="709" w:left="1580" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30C9B616" w14:textId="75954408" w:rsidR="00301AF4" w:rsidRPr="006358C8" w:rsidRDefault="00D12706" w:rsidP="009D02A0">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="966"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006358C8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>JUSTIFICATION OF THE DOCTORAL THESIS SUPERVISOR'S ACCREDITED RESEARCH</w:t>
       </w:r>
       <w:r w:rsidR="007D23F5" w:rsidRPr="006358C8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6335C0F9" w14:textId="77777777" w:rsidR="007D23F5" w:rsidRPr="006358C8" w:rsidRDefault="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="15"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2209,51 +2192,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> at least one of the four requirements listed below (provide only the information of the merit you select):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76697CF4" w14:textId="77777777" w:rsidR="00692FF5" w:rsidRPr="00215704" w:rsidRDefault="00692FF5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2492FB31" w14:textId="191929BB" w:rsidR="00301AF4" w:rsidRPr="00215704" w:rsidRDefault="0090471C" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="441"/>
         </w:tabs>
         <w:ind w:left="142" w:right="966" w:firstLine="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Have published at least 4 articles in research journals listed in international repertoires, with impact index according to ISI-JCR, in the last 6 years. At least 1 of these articles must </w:t>
       </w:r>
       <w:r w:rsidR="003C16A7" w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>be in</w:t>
       </w:r>
       <w:r w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
@@ -2429,51 +2411,50 @@
     </w:p>
     <w:p w14:paraId="6FD89C05" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00215704" w:rsidRDefault="00301AF4" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41ECC6C6" w14:textId="0D9D3382" w:rsidR="007D23F5" w:rsidRPr="00215704" w:rsidRDefault="009701D3" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="375"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="142" w:firstLine="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To have obtained a research or transfer </w:t>
       </w:r>
       <w:r w:rsidR="002F0C88" w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Spanish ‘</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002F0C88" w:rsidRPr="00215704">
         <w:rPr>
@@ -2566,51 +2547,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08F94E1D" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00215704" w:rsidRDefault="00301AF4" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2558A6EF" w14:textId="5C45DE73" w:rsidR="00301AF4" w:rsidRPr="00215704" w:rsidRDefault="00E079EC" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="386"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="986" w:firstLine="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To have supervised a doctoral thesis in the last five years, </w:t>
       </w:r>
       <w:r w:rsidR="009A26AA" w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
@@ -2657,196 +2637,195 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="386"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="986"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="491BD9DB" w14:textId="2102D381" w:rsidR="00DA212E" w:rsidRPr="00215704" w:rsidRDefault="007F0779" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="386"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="986" w:firstLine="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>To have two patents in operation or varietal registrations in the last six years</w:t>
       </w:r>
       <w:r w:rsidR="00DA212E" w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D8AD0A" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRPr="00215704" w:rsidRDefault="00301AF4" w:rsidP="007D23F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7159DB1C" w14:textId="28F35FDA" w:rsidR="00301AF4" w:rsidRPr="00215704" w:rsidRDefault="00E06F33" w:rsidP="00E06F33">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="386"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="142" w:firstLine="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215704">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Have supervised four or more doctoral theses, some of them within the last ten years (*)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00301AF4" w:rsidRPr="00215704">
+    <w:sectPr w:rsidR="00301AF4" w:rsidRPr="00215704" w:rsidSect="00FE788C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="3120" w:right="140" w:bottom="920" w:left="1580" w:header="720" w:footer="733" w:gutter="0"/>
+      <w:pgMar w:top="1843" w:right="140" w:bottom="920" w:left="1580" w:header="720" w:footer="733" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="018B5FDB" w14:textId="77777777" w:rsidR="00891BD2" w:rsidRDefault="00891BD2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="36F1E972" w14:textId="77777777" w:rsidR="00891BD2" w:rsidRDefault="00891BD2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6568243C" w14:textId="3981BE8E" w:rsidR="005D1C10" w:rsidRDefault="005D1C10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6568243C" w14:textId="3981BE8E" w:rsidR="005D1C10" w:rsidRDefault="005D1C10" w:rsidP="00F40FF7">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="000073D7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:sz w:val="23"/>
       </w:rPr>
       <w:t>STEERING COMMITTEE OF THE INTERNATIONAL DOCTORAL SCHOOL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="718A67BA" w14:textId="1028C07E" w:rsidR="00301AF4" w:rsidRDefault="008E509B">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487458816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="797D1AFB" wp14:editId="31F4A2A7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="bottomMargin">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="5815119" cy="537210"/>
               <wp:effectExtent l="0" t="0" r="14605" b="15240"/>
@@ -2994,51 +2973,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="797D1AFB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:457.9pt;height:42.3pt;z-index:-15857664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYunA/2AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRFhSVqulp2tQhp&#10;uUgLHzBxnMYi8Zix26R8PWMn6XJ5Q7xYk7F9fC6T3fXYd+KkyRu0pcxXaym0VVgbeyjl1y/3L66k&#10;8AFsDR1aXcqz9vJ6//zZbnCF3mCLXa1JMIj1xeBK2YbgiizzqtU9+BU6bXmzQeoh8CcdsppgYPS+&#10;yzbr9atsQKododLec/du2pT7hN80WoVPTeN1EF0pmVtIK6W1imu230FxIHCtUTMN+AcWPRjLj16g&#10;7iCAOJL5C6o3itBjE1YK+wybxiidNLCafP2HmscWnE5a2BzvLjb5/werPp4e3WcSYXyLIweYRHj3&#10;gOqbFxZvW7AHfUOEQ6uh5ofzaFk2OF/MV6PVvvARpBo+YM0hwzFgAhob6qMrrFMwOgdwvpiuxyAU&#10;N7dX+TbP30iheG/78vUmT6lkUCy3HfnwTmMvYlFK4lATOpwefIhsoFiOxMcs3puuS8F29rcGH4yd&#10;xD4SnqiHsRqFqWdpUUyF9ZnlEE7jwuPNRYv0Q4qBR6WU/vsRSEvRvbdsSZyrpaClqJYCrOKrpQxS&#10;TOVtmObv6MgcWkaeTLd4w7Y1Jil6YjHT5fiT0HlU43z9+p1OPf1Q+58AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCrHnLf2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UaeoRG2I&#10;U1WoPSEh0nDg6MTbxGq8DrHbhr9n4QKXkVazmnmTbybXiwuOwXpSsJgnIJAabyy1Ct6r/f0KRIia&#10;jO49oYIvDLApbm9ynRl/pRIvh9gKDqGQaQVdjEMmZWg6dDrM/YDE3tGPTkc+x1aaUV853PXyIUlS&#10;6bQlbuj0gM8dNqfD2SnYflC5s5+v9Vt5LG1VrRN6SU9Kze6m7ROIiFP8e4YffEaHgplqfyYTRK+A&#10;h8RfZW+9eOQZtYLVMgVZ5PI/fPENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGLpwP9gB&#10;AACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqx5y&#10;39sAAAAEAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:457.9pt;height:42.3pt;z-index:-15857664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYunA/2AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRFhSVqulp2tQhp&#10;uUgLHzBxnMYi8Zix26R8PWMn6XJ5Q7xYk7F9fC6T3fXYd+KkyRu0pcxXaym0VVgbeyjl1y/3L66k&#10;8AFsDR1aXcqz9vJ6//zZbnCF3mCLXa1JMIj1xeBK2YbgiizzqtU9+BU6bXmzQeoh8CcdsppgYPS+&#10;yzbr9atsQKododLec/du2pT7hN80WoVPTeN1EF0pmVtIK6W1imu230FxIHCtUTMN+AcWPRjLj16g&#10;7iCAOJL5C6o3itBjE1YK+wybxiidNLCafP2HmscWnE5a2BzvLjb5/werPp4e3WcSYXyLIweYRHj3&#10;gOqbFxZvW7AHfUOEQ6uh5ofzaFk2OF/MV6PVvvARpBo+YM0hwzFgAhob6qMrrFMwOgdwvpiuxyAU&#10;N7dX+TbP30iheG/78vUmT6lkUCy3HfnwTmMvYlFK4lATOpwefIhsoFiOxMcs3puuS8F29rcGH4yd&#10;xD4SnqiHsRqFqWdpUUyF9ZnlEE7jwuPNRYv0Q4qBR6WU/vsRSEvRvbdsSZyrpaClqJYCrOKrpQxS&#10;TOVtmObv6MgcWkaeTLd4w7Y1Jil6YjHT5fiT0HlU43z9+p1OPf1Q+58AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCrHnLf2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UaeoRG2I&#10;U1WoPSEh0nDg6MTbxGq8DrHbhr9n4QKXkVazmnmTbybXiwuOwXpSsJgnIJAabyy1Ct6r/f0KRIia&#10;jO49oYIvDLApbm9ynRl/pRIvh9gKDqGQaQVdjEMmZWg6dDrM/YDE3tGPTkc+x1aaUV853PXyIUlS&#10;6bQlbuj0gM8dNqfD2SnYflC5s5+v9Vt5LG1VrRN6SU9Kze6m7ROIiFP8e4YffEaHgplqfyYTRK+A&#10;h8RfZW+9eOQZtYLVMgVZ5PI/fPENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGLpwP9gB&#10;AACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqx5y&#10;39sAAAAEAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3A60CE6B" w14:textId="77777777" w:rsidR="006358C8" w:rsidRPr="006358C8" w:rsidRDefault="00DE09A5" w:rsidP="006358C8">
                     <w:pPr>
                       <w:pStyle w:val="Textoindependiente"/>
                       <w:spacing w:before="15"/>
                       <w:ind w:left="1153" w:hanging="1134"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006358C8">
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">(*) For </w:t>
                     </w:r>
                     <w:r w:rsidR="00E25490" w:rsidRPr="006358C8">
                       <w:rPr>
                         <w:sz w:val="18"/>
@@ -3108,436 +3087,210 @@
                       </w:rPr>
                       <w:t>me</w:t>
                     </w:r>
                     <w:r w:rsidRPr="006358C8">
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0BF231B6" w14:textId="77777777" w:rsidR="00891BD2" w:rsidRDefault="00891BD2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="27E8B064" w14:textId="77777777" w:rsidR="00891BD2" w:rsidRDefault="00891BD2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="715DC9D4" w14:textId="77777777" w:rsidR="00301AF4" w:rsidRDefault="00F3731F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="715DC9D4" w14:textId="33EA9B76" w:rsidR="00301AF4" w:rsidRPr="009C4338" w:rsidRDefault="009C4338" w:rsidP="009C4338">
     <w:pPr>
-      <w:pStyle w:val="Textoindependiente"/>
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:i w:val="0"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22FD13D0" wp14:editId="2904B042">
+          <wp:extent cx="5646420" cy="548640"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="143518485" name="Imagen 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5646420" cy="548640"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D662D5A" w14:textId="254D9327" w:rsidR="00301AF4" w:rsidRPr="00620497" w:rsidRDefault="00FE788C" w:rsidP="00620497">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487453184" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15A18374" wp14:editId="703CA7AB">
-[...7 lines deleted...]
-          <wp:extent cx="554353" cy="682751"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AB19CD9" wp14:editId="758FB632">
+          <wp:extent cx="5646420" cy="548640"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="19" name="image1.png"/>
+          <wp:docPr id="917980030" name="Imagen 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="image1.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 3"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="554353" cy="682751"/>
+                    <a:ext cx="5646420" cy="548640"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:anchor>
-[...47 lines deleted...]
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...242 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="174016F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EAC530C"/>
     <w:lvl w:ilvl="0" w:tplc="466298BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="119" w:hanging="322"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:i/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CE32F7CE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1126" w:hanging="322"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5A00311C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -3604,51 +3357,50 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D238529C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8168" w:hanging="322"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F404097"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FBED544"/>
     <w:lvl w:ilvl="0" w:tplc="AB2C4F6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="890" w:hanging="322"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:i/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -3699,51 +3451,50 @@
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53176F88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1888861E"/>
     <w:lvl w:ilvl="0" w:tplc="AB2C4F6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="606" w:hanging="322"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:i/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C750E3B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1126" w:hanging="322"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D37CD8E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -3810,51 +3561,50 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4B9ADE5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8168" w:hanging="322"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C529BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57246EB8"/>
     <w:lvl w:ilvl="0" w:tplc="23C0D4C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="119" w:hanging="322"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:i/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C5FA85D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1126" w:hanging="322"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3940B07A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -3921,51 +3671,50 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="63FEA660">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8168" w:hanging="322"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="790A4D97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1888861E"/>
     <w:lvl w:ilvl="0" w:tplc="AB2C4F6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="606" w:hanging="322"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:i/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C750E3B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1126" w:hanging="322"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D37CD8E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -4040,205 +3789,212 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="961806927">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1908607390">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="565800876">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="236595733">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="309987170">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00301AF4"/>
     <w:rsid w:val="000073D7"/>
     <w:rsid w:val="00034B92"/>
     <w:rsid w:val="000576D9"/>
     <w:rsid w:val="00066AA6"/>
     <w:rsid w:val="000C764F"/>
     <w:rsid w:val="000D5E67"/>
     <w:rsid w:val="0010165F"/>
+    <w:rsid w:val="00102241"/>
     <w:rsid w:val="001155D6"/>
     <w:rsid w:val="001345C8"/>
     <w:rsid w:val="001444EE"/>
     <w:rsid w:val="0016228C"/>
     <w:rsid w:val="001B5B1D"/>
     <w:rsid w:val="001C4044"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="00215704"/>
     <w:rsid w:val="002C2359"/>
     <w:rsid w:val="002C502F"/>
     <w:rsid w:val="002C7B81"/>
     <w:rsid w:val="002F0C88"/>
     <w:rsid w:val="00301AF4"/>
     <w:rsid w:val="00370224"/>
     <w:rsid w:val="00372BCC"/>
     <w:rsid w:val="00383E74"/>
     <w:rsid w:val="003C16A7"/>
     <w:rsid w:val="003D34B9"/>
     <w:rsid w:val="00420C09"/>
     <w:rsid w:val="0043683F"/>
     <w:rsid w:val="00466D36"/>
     <w:rsid w:val="00485DAA"/>
     <w:rsid w:val="004A20EE"/>
     <w:rsid w:val="004E7A64"/>
     <w:rsid w:val="0051100F"/>
     <w:rsid w:val="00524CE3"/>
     <w:rsid w:val="0055442B"/>
     <w:rsid w:val="00571838"/>
     <w:rsid w:val="005728D3"/>
     <w:rsid w:val="005771EC"/>
     <w:rsid w:val="005D1C10"/>
     <w:rsid w:val="0060285D"/>
+    <w:rsid w:val="00620497"/>
     <w:rsid w:val="006302DC"/>
     <w:rsid w:val="006358C8"/>
+    <w:rsid w:val="00642353"/>
     <w:rsid w:val="006462D5"/>
     <w:rsid w:val="00692FF5"/>
     <w:rsid w:val="00696784"/>
     <w:rsid w:val="006B2690"/>
     <w:rsid w:val="0078708E"/>
     <w:rsid w:val="007B7B55"/>
     <w:rsid w:val="007D23F5"/>
     <w:rsid w:val="007F0779"/>
     <w:rsid w:val="00803483"/>
     <w:rsid w:val="008112C6"/>
     <w:rsid w:val="00815F35"/>
     <w:rsid w:val="00832F93"/>
     <w:rsid w:val="008401EA"/>
     <w:rsid w:val="00891BD2"/>
     <w:rsid w:val="008A0E15"/>
     <w:rsid w:val="008E509B"/>
     <w:rsid w:val="0090471C"/>
     <w:rsid w:val="0093125A"/>
     <w:rsid w:val="009701D3"/>
     <w:rsid w:val="00997B2D"/>
     <w:rsid w:val="009A26AA"/>
     <w:rsid w:val="009A5A34"/>
     <w:rsid w:val="009B326B"/>
+    <w:rsid w:val="009C4338"/>
     <w:rsid w:val="009D02A0"/>
     <w:rsid w:val="009F794D"/>
     <w:rsid w:val="00A140EF"/>
     <w:rsid w:val="00A710E8"/>
     <w:rsid w:val="00A90896"/>
     <w:rsid w:val="00AE40CF"/>
     <w:rsid w:val="00B67ADE"/>
     <w:rsid w:val="00B73F01"/>
+    <w:rsid w:val="00B76F9D"/>
     <w:rsid w:val="00B82036"/>
     <w:rsid w:val="00BC2F12"/>
     <w:rsid w:val="00BF5D2C"/>
     <w:rsid w:val="00C5045F"/>
     <w:rsid w:val="00C5168E"/>
     <w:rsid w:val="00C551AA"/>
     <w:rsid w:val="00C66BCB"/>
     <w:rsid w:val="00CC6F7A"/>
     <w:rsid w:val="00CD1BD5"/>
     <w:rsid w:val="00CE7953"/>
     <w:rsid w:val="00D12706"/>
     <w:rsid w:val="00DA212E"/>
     <w:rsid w:val="00DE09A5"/>
     <w:rsid w:val="00E06F33"/>
     <w:rsid w:val="00E079EC"/>
     <w:rsid w:val="00E25490"/>
     <w:rsid w:val="00E918AF"/>
     <w:rsid w:val="00EE3E7A"/>
     <w:rsid w:val="00F3731F"/>
+    <w:rsid w:val="00F40FF7"/>
     <w:rsid w:val="00F43CB0"/>
     <w:rsid w:val="00FB3C0F"/>
     <w:rsid w:val="00FB4952"/>
+    <w:rsid w:val="00FE788C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1B0C2C32"/>
   <w15:docId w15:val="{DD4D14E7-C4C6-EB40-8704-9F953AC94B42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4636,51 +4392,50 @@
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="57"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -4854,63 +4609,63 @@
     <w:rsid w:val="005728D3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005728D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5157,75 +4912,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>356</Words>
-  <Characters>1961</Characters>
+  <Words>373</Words>
+  <Characters>2054</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - 93390CFB3E1B06C48F2A58CEC97FA196.doc</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2313</CharactersWithSpaces>
+  <CharactersWithSpaces>2423</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - 93390CFB3E1B06C48F2A58CEC97FA196.doc</dc:title>
   <dc:creator>Paco</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-10-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Word</vt:lpwstr>
   </property>